--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,3314 +1,3097 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/jpeg" Extension="jpg"/>
-[...17 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...16 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:p w14:paraId="0BA6DC1C" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B56DDA4" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+        </w:rPr>
+        <w:t>La presente dichiarazione deve essere compilata in formato digitale, utilizzando il modulo fornito dalla Regione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E818A48" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="7AA2E4B6" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="562D245C" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+        </w:rPr>
+        <w:t>PR FESR 2021/2027 Priorità 1 AZIONE 1.2.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD8BC35" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">BANDO PER LA TRANSIZIONE DIGITALE DELLE IMPRESE DELL'EMILIA-ROMAGNA (ANNO 2025) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
-[...1 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    <w:p w14:paraId="41B90E7A" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="736D3443" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+        </w:rPr>
+        <w:t>D.G.R. 307 del 03/03/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7AD54B" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        <w:widowControl w:val="1"/>
+    </w:p>
+    <w:p w14:paraId="665567E6" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="70" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="255.0" w:type="dxa"/>
+        <w:tblStyle w:val="aff8"/>
+        <w:tblW w:w="9885" w:type="dxa"/>
+        <w:tblInd w:w="255" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9675"/>
-[...8 lines deleted...]
-        </w:tblGridChange>
+        <w:gridCol w:w="9885"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00C87F9A" w14:paraId="4398BBC4" w14:textId="77777777">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9885" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-              <w:right w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
-              <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="40.0" w:type="dxa"/>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="40" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="40" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+          <w:p w14:paraId="757FD198" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="70" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="70"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:color w:val="333399"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w14:paraId="5568184E" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="15795AD4" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="70" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="6B9E3F78" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:ind w:left="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:ind w:left="-142" w:firstLine="0"/>
+    </w:p>
+    <w:p w14:paraId="30F5D13C" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:ind w:left="-142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">RELAZIONE DI APPLICAZIONE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
-[...1 lines deleted...]
-        <w:ind w:left="-142" w:firstLine="0"/>
+    <w:p w14:paraId="6168C156" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:ind w:left="-142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="333399"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+        </w:rPr>
+        <w:t>DEL PRINCIPIO DNSH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACDF895" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="40" w:before="40" w:lineRule="auto"/>
+        <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:lock w:val="contentLocked"/>
+        <w:tag w:val="goog_rdk_0"/>
         <w:id w:val="-1897106933"/>
-        <w:tag w:val="goog_rdk_0"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="Table2"/>
-[...1 lines deleted...]
-            <w:jc w:val="left"/>
+            <w:tblStyle w:val="aff9"/>
+            <w:tblW w:w="9913" w:type="dxa"/>
+            <w:tblInd w:w="0" w:type="dxa"/>
             <w:tblLayout w:type="fixed"/>
-            <w:tblLook w:val="0000"/>
+            <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1665"/>
             <w:gridCol w:w="8248"/>
-            <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-            </w:tblGridChange>
           </w:tblGrid>
-          <w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="58356889" w14:textId="77777777">
             <w:trPr>
-              <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-              <w:tblHeader w:val="0"/>
+              <w:trHeight w:val="500"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="1665" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+              <w:p w14:paraId="1AC614AB" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Ragione sociale</w:t>
+                  <w:t>Ragione sociale</w:t>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
-                  <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
+                  <w:footnoteReference w:id="1"/>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
-                </w:r>
-[...3 lines deleted...]
-                  </w:rPr>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="8248" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+              <w:p w14:paraId="3C13A1DD" w14:textId="103445F5" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="3204E329" w14:textId="77777777">
             <w:trPr>
-              <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-              <w:tblHeader w:val="0"/>
+              <w:trHeight w:val="500"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="1665" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+              <w:p w14:paraId="13F83407" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Sede intervento</w:t>
+                  <w:t>Sede intervento</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="8248" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+              <w:p w14:paraId="33F0A55E" w14:textId="0B381034" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="4C375E6C" w14:textId="77777777">
             <w:trPr>
-              <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-              <w:tblHeader w:val="0"/>
+              <w:trHeight w:val="520"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="1665" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+              <w:p w14:paraId="008B77D6" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Titolo progetto</w:t>
+                  <w:t>Titolo progetto</w:t>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:vertAlign w:val="superscript"/>
                   </w:rPr>
-                  <w:footnoteReference w:customMarkFollows="0" w:id="1"/>
+                  <w:footnoteReference w:id="2"/>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
                   <w:t xml:space="preserve">  </w:t>
-                </w:r>
-[...3 lines deleted...]
-                  </w:rPr>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="8248" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+              <w:p w14:paraId="0180FB5A" w14:textId="083E3D71" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
             </w:tc>
           </w:tr>
-          <w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="11ACCB4B" w14:textId="77777777">
             <w:trPr>
-              <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-              <w:tblHeader w:val="0"/>
+              <w:trHeight w:val="520"/>
             </w:trPr>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="1665" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+              <w:p w14:paraId="032E3974" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">CUG</w:t>
+                  <w:t>CUG</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="8248" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+              <w:p w14:paraId="1F5EC4B3" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              </w:p>
+            </w:tc>
+          </w:tr>
+        </w:tbl>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="2CFFB292" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:tag w:val="goog_rdk_1"/>
+        <w:id w:val="-2008603010"/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:tbl>
+          <w:tblPr>
+            <w:tblStyle w:val="affa"/>
+            <w:tblW w:w="9913" w:type="dxa"/>
+            <w:tblInd w:w="0" w:type="dxa"/>
+            <w:tblLayout w:type="fixed"/>
+            <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+          </w:tblPr>
+          <w:tblGrid>
+            <w:gridCol w:w="5442"/>
+            <w:gridCol w:w="4471"/>
+          </w:tblGrid>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="774319EA" w14:textId="77777777">
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5442" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="687258F6" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
+                  <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
                   </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Data di avvio e di conclusione di realizzazione del progetto</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="4471" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="05CBD1FA" w14:textId="6978EC1A" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
+                  <w:spacing w:before="40" w:after="40"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Dal</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> ……………………(*) </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>al</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> ………………</w:t>
+                </w:r>
+                <w:proofErr w:type="gramStart"/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>…….</w:t>
+                </w:r>
+                <w:proofErr w:type="gramEnd"/>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w14:paraId="64462BC1" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73096DCB" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:lock w:val="contentLocked"/>
-[...1 lines deleted...]
-        <w:tag w:val="goog_rdk_1"/>
+        <w:tag w:val="goog_rdk_2"/>
+        <w:id w:val="1863559524"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="Table3"/>
-[...1 lines deleted...]
-            <w:jc w:val="left"/>
+            <w:tblStyle w:val="affb"/>
+            <w:tblW w:w="9913" w:type="dxa"/>
+            <w:tblInd w:w="0" w:type="dxa"/>
             <w:tblLayout w:type="fixed"/>
-            <w:tblLook w:val="0000"/>
+            <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
           </w:tblPr>
           <w:tblGrid>
-            <w:gridCol w:w="5442"/>
-[...6 lines deleted...]
-            </w:tblGridChange>
+            <w:gridCol w:w="3469"/>
+            <w:gridCol w:w="2185"/>
+            <w:gridCol w:w="4259"/>
           </w:tblGrid>
-          <w:tr>
-[...3 lines deleted...]
-            </w:trPr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="1683CC4C" w14:textId="77777777">
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="3469" w:type="dxa"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+              <w:p w14:paraId="4BC5E70D" w14:textId="6FAFF0FD" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
-                  <w:spacing w:after="40" w:before="40" w:lineRule="auto"/>
+                  <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                    <w:b w:val="1"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Data di avvio e di conclusione di realizzazione del progetto</w:t>
-[...4 lines deleted...]
-                  </w:rPr>
+                  <w:t>Autore della relazione</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
+                <w:tcW w:w="6444" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
-                  <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-                  <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
-                <w:shd w:fill="ffffff" w:val="clear"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+              <w:p w14:paraId="023DC38E" w14:textId="502094D2" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
-                  <w:spacing w:after="40" w:before="40" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              </w:p>
+            </w:tc>
+          </w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="2B8B2E99" w14:textId="77777777">
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3469" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="59412B72" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
+                  <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Dal</w:t>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>In qualità di</w:t>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              </w:p>
+            </w:tc>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6444" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="342C88DC" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
-                  <w:t xml:space="preserve"> ……………………(*) </w:t>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Rappresentante/Procuratore</w:t>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              </w:p>
+            </w:tc>
+          </w:tr>
+          <w:tr w:rsidR="00C87F9A" w14:paraId="377E91EB" w14:textId="77777777">
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3469" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="158772C9" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
+                  <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">al</w:t>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Telefono</w:t>
                 </w:r>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              </w:p>
+            </w:tc>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2185" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="084B3C46" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
-                  <w:t xml:space="preserve"> ……………………..</w:t>
-[...1 lines deleted...]
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                </w:pPr>
+              </w:p>
+            </w:tc>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="4259" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="49540632" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+                <w:pPr>
+                  <w:widowControl w:val="0"/>
+                  <w:spacing w:before="40" w:after="40"/>
                   <w:rPr>
-                    <w:rtl w:val="0"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>E-mail</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
-[...293 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+    <w:p w14:paraId="0DB0B17A" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="160" w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>Il presente modello consente di assolvere a quanto previsto dal par. 4.2 del bando “Obblighi connessi alla verifica del rispetto del principio DNSH”, in forza del quale il richiedente può presentare una “Relazione DNSH” in cui illustra, in relazione al criterio DNSH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitigazione dei cambiamenti climatici</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, quali impatti ritiene che l’operazione finanziata abbia generato e le motivazioni per le quali si considera “significativo / non significativo” il danno ambientale determinato </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="0000ff"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>in alternativa, per i prodotti/servizi IT utilizzati, alle certificazioni/etichette ambientali, all’alimentazione da fonti energetiche rinnovabili per almeno l’80% dei fabbisogni energetici del progetto o all’adozione di misure di sostenibilità energetica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E954546" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="160" w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Al fine di garantire la conformità attuativa del bando al principio DNSH sono stati individuati quali obiettivi ambientali del Regolamento UE n. 852/2020 potenzialmente più interferenti con le operazioni finanziabili: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w14:paraId="4F8F71DC" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>mitigazione dei cambiamenti climatici (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>Ob</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+        </w:rPr>
+        <w:t>. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0FE02F" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...9 lines deleted...]
-          <w:color w:val="365f91"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:right="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="365f91"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...9 lines deleted...]
-        <w:spacing w:after="200" w:before="120" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>NOTE PER LA COMPILAZIONE DEL MODELLO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75184E0D" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+        <w:t>In relazione all’operazione finanziata si ritiene</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> possa essere assunta “ex-ante senza condizioni” la conformità al principio DNSH per le seguenti tipologie di attività:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+    <w:p w14:paraId="407746E7" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+        <w:t>acquisizione di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> SERVIZI </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">per la creazione e/o adattamento/personalizzazione/customizzazione di </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">software, applicativi e siti web;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+    <w:p w14:paraId="3AE7E143" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">acquisto di </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>LICENZE SOFTWARE O DI ABBONAMENTI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> per l’utilizzo di licenze software;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+    <w:p w14:paraId="6CB99CE8" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">realizzazione di </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>PICCOLI INTERVENTI EDILI, MURARI E DI ARREDO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> strettamente collegati e funzionali alla realizzazione del progetto, che il bando riconosce esclusivamente per un importo massimo di euro 5.000,00; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+    <w:p w14:paraId="27C55AC2" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">spese per </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONSULENZE </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">specialistiche strategiche per la realizzazione del progetto; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+    <w:p w14:paraId="59377C4C" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
-[...12 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        </w:rPr>
+        <w:t>SPESE GENERALI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A855D0" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:cs="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+    </w:p>
+    <w:p w14:paraId="14F0DD1D" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+    </w:p>
+    <w:p w14:paraId="775F5F20" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Qualora l’operazione finanziata includa altre tipologie di attività, quali l’utilizzo di beni/servizi IT per i quali NON si abbia evidenza di certificazioni/documentazione di sostenibilità o non vi sia un’alimentazione da fonti rinnovabili per almeno l’80%, il beneficiario è tenuto a descrivere di seguito la potenziale interferenza rispetto all’obiettivo DNSH potenzialmente più interferente con le operazioni finanziabili (ob.1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D1344E" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="14D05A8C" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...9 lines deleted...]
-          <w:color w:val="365f91"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:right="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="365f91"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+        </w:rPr>
+        <w:t>Breve descrizione degli interventi realizzati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182E67E8" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="-6"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...50 lines deleted...]
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="affc"/>
+        <w:tblW w:w="9913" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000080"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9913"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C87F9A" w14:paraId="2FD6B22C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2644"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9913" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:tag w:val="goog_rdk_3"/>
+              <w:id w:val="1137314153"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="4754E7DA" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                    <w:i w:val="1"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:i/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                    <w:i w:val="1"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:i/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
-                    <w:rtl w:val="0"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Descrivere sinteticamente tutti gli interventi realizzati che non rientrano nell’elenco riportato al precedente paragrafo “NOTE PER LA COMPILAZIONE DEL MODELLO”:</w:t>
+                  <w:t>Descrivere sinteticamente tutti gli interventi realizzati che non rientrano nell’elenco riportato al precedente paragrafo “NOTE PER LA COMPILAZIONE DEL MODELLO”:</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+              <w:p w14:paraId="1F4F755B" w14:textId="4E8A0864" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+              <w:p w14:paraId="4655F1C2" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
-                  <w:spacing w:before="40" w:lineRule="auto"/>
+                  <w:spacing w:before="40"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
-              <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+              <w:p w14:paraId="6A28872D" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
-                  <w:spacing w:before="40" w:lineRule="auto"/>
+                  <w:spacing w:before="40"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-                </w:r>
               </w:p>
-            </w:tc>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5A7E203E" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="33A7D7B2" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...9 lines deleted...]
-          <w:color w:val="365f91"/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:ind w:right="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="365f91"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...19 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>Ob</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. 1 - Mitigazione dei cambiamenti climatici</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490A9417" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A"/>
+    <w:p w14:paraId="35E01AAF" w14:textId="082426A5" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69" w:rsidP="004D5164">
+      <w:pPr>
+        <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Gli interventi realizzati: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
-[...6 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+    <w:p w14:paraId="716C8DBA" w14:textId="0A1EC949" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69" w:rsidP="004D5164">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="618385FD" wp14:editId="17A9AAD6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>55984</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>240665</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="199053" cy="186613"/>
+                <wp:effectExtent l="0" t="0" r="10795" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="98311144" name="Casella di testo 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="199053" cy="186613"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="53209788" w14:textId="77777777" w:rsidR="00EF1C69" w:rsidRPr="008F769E" w:rsidRDefault="00EF1C69" w:rsidP="00EF1C69">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="618385FD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Casella di testo 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:4.4pt;margin-top:18.95pt;width:15.65pt;height:14.7pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBN5jJ1OAIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2zna40Rp8hSZBgQ&#10;tAXSoWdFlmNjsqhJSuzs14+SnY92Ow27yKJIPZGPj57ft7UkR2FsBSqjySCmRCgOeaX2Gf3+sv50&#10;R4l1TOVMghIZPQlL7xcfP8wbnYohlCBzYQiCKJs2OqOlczqNIstLUTM7AC0UOgswNXNomn2UG9Yg&#10;ei2jYRxPowZMrg1wYS2ePnROugj4RSG4eyoKKxyRGcXcXFhNWHd+jRZzlu4N02XF+zTYP2RRs0rh&#10;oxeoB+YYOZjqD6i64gYsFG7AoY6gKCouQg1YTRK/q2ZbMi1CLUiO1Rea7P+D5Y/HrX42xLVfoMUG&#10;ekIabVOLh76etjC1/2KmBP1I4elCm2gd4f7SbBZPRpRwdCV302ky8ijR9bI21n0VUBO/yajBrgSy&#10;2HFjXRd6DvFvWZBVvq6kDIZXglhJQ44MeyhdSBHB30RJRZqMTkeTOAC/8Xnoy/2dZPxHn95NFOJJ&#10;hTlfS/c71+7ano8d5CekyUCnIKv5ukLcDbPumRmUDDKDY+CecCkkYDLQ7ygpwfz627mPx06il5IG&#10;JZhR+/PAjKBEflPY41kyHnvNBmM8+TxEw9x6drcedahXgAwlOHCah62Pd/K8LQzUrzgtS/8qupji&#10;+HZGuTNnY+W60cB542K5DGGoU83cRm019+C+J57Rl/aVGd131KEUHuEsV5a+a2wX628qWB4cFFXo&#10;uqe447VnHjUedNPPox+iWztEXf8ai98AAAD//wMAUEsDBBQABgAIAAAAIQD6d9Xa3QAAAAYBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTM7NTsMwEATgOxLvYC0SN+qEVk0b4lSAqBDqiZRy3sZLYtU/qe22&#10;4e0xJziuZjXzVavRaHYmH5SzAvJJBoxs66SynYCP7fpuASxEtBK1syTgmwKs6uurCkvpLvadzk3s&#10;WCqxoUQBfYxDyXloezIYJm4gm7Iv5w3GdPqOS4+XVG40v8+yOTeobFrocaDnntpDczICjju/neXq&#10;5XOt3xp1LA6bp1cshLi9GR8fgEUa498z/PITHepk2ruTlYFpAYsEjwKmxRJYimdZDmwvYF5MgdcV&#10;/8+vfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBN5jJ1OAIAAH0EAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD6d9Xa3QAAAAYBAAAPAAAAAAAA&#10;AAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="53209788" w14:textId="77777777" w:rsidR="00EF1C69" w:rsidRPr="008F769E" w:rsidRDefault="00EF1C69" w:rsidP="00EF1C69">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00283C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4305D714" wp14:editId="6A0F5414">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>45020</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>17339</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="199053" cy="186613"/>
+                <wp:effectExtent l="0" t="0" r="10795" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="591319437" name="Casella di testo 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="199053" cy="186613"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2163BC81" w14:textId="111735E6" w:rsidR="00283C06" w:rsidRPr="008F769E" w:rsidRDefault="00283C06">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4305D714" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.55pt;margin-top:1.35pt;width:15.65pt;height:14.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuJcDqOgIAAIQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2zna40Rp8hSZBgQ&#10;tAXSoWdFlmNjsqhJSuzs14+SnY92Ow27yKJIPZGPj57ft7UkR2FsBSqjySCmRCgOeaX2Gf3+sv50&#10;R4l1TOVMghIZPQlL7xcfP8wbnYohlCBzYQiCKJs2OqOlczqNIstLUTM7AC0UOgswNXNomn2UG9Yg&#10;ei2jYRxPowZMrg1wYS2ePnROugj4RSG4eyoKKxyRGcXcXFhNWHd+jRZzlu4N02XF+zTYP2RRs0rh&#10;oxeoB+YYOZjqD6i64gYsFG7AoY6gKCouQg1YTRK/q2ZbMi1CLUiO1Rea7P+D5Y/HrX42xLVfoMUG&#10;ekIabVOLh76etjC1/2KmBP1I4elCm2gd4f7SbBZPRpRwdCV302ky8ijR9bI21n0VUBO/yajBrgSy&#10;2HFjXRd6DvFvWZBVvq6kDIZXglhJQ44MeyhdSBHB30RJRZqMTkeTOAC/8Xnoy/2dZPxHn95NFOJJ&#10;hTlfS/c71+5aUuU3tOwgPyFbBjohWc3XFcJvmHXPzKBykCCcBveESyEBc4J+R0kJ5tffzn08NhS9&#10;lDSoxIzanwdmBCXym8JWz5Lx2Es3GOPJ5yEa5tazu/WoQ70CJCrBudM8bH28k+dtYaB+xaFZ+lfR&#10;xRTHtzPKnTkbK9dNCI4dF8tlCEO5auY2aqu5B/et8cS+tK/M6L6xDhXxCGfVsvRdf7tYf1PB8uCg&#10;qELzPdMdr30DUOpBPv1Y+lm6tUPU9eex+A0AAP//AwBQSwMEFAAGAAgAAAAhAAsM507bAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyok1CRKo1TAaJCiFNT4OzGbmLVXqe2&#10;24a/ZznBaTSa0cyrV5Oz7KxDNB4F5LMMmMbOK4O9gI/t+m4BLCaJSlqPWsC3jrBqrq9qWSl/wY0+&#10;t6lnNIKxkgKGlMaK89gN2sk486NGyvY+OJnIhp6rIC807iwvsuyBO2mQHgY56udBd4f25AQcP8N2&#10;npuXr7V9a82xPLw/vcpSiNub6XEJLOkp/ZXhF5/QoSGmnT+hiswKKHMqCihKYJTeL+bAdqRFDryp&#10;+X/65gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAuJcDqOgIAAIQEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQALDOdO2wAAAAUBAAAPAAAAAAAA&#10;AAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2163BC81" w14:textId="111735E6" w:rsidR="00283C06" w:rsidRPr="008F769E" w:rsidRDefault="00283C06">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>producono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8616D2" w14:textId="6B49D289" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69" w:rsidP="004D5164">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ON producono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F267909" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69" w:rsidP="004D5164">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">danni ambientali significativi in relazione all’Obiettivo in oggetto. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+    <w:p w14:paraId="31FE4D20" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Riportare di seguito i motivi per i quali gli interventi realizzati possano essere </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>considerati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>in linea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> con questo obiettivo oppure perché si ritiene che </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>producano un danno ambientale significativo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in relazione all’obiettivo ambientale “Mitigazione dei cambiamenti climatici” (rispetto al contesto di riferimento regionale): </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+    </w:p>
+    <w:p w14:paraId="03E18C09" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Descrivere di seguito gli impatti </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>dei beni/servizi IT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> di cui non si possiede certificazione ambientale o etichetta ambientale rispetto ai loro consumi energetici e conseguenti emissioni di gas climalteranti (</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="0000ff"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>se non sono alimentati da fonti energetiche rinnovabili per almeno l’80% dei fabbisogni energetici del progetto, se lo sono o sono dotati di certificazione/etichetta/documentazione di sostenibilità ambientale non è necessario redigere la relazione DNSH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC5ECB7" w14:textId="0B9190A6" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+        </w:rPr>
+        <w:t>Es. La piattaforma IT acquistata per il progetto ha le seguenti caratteristiche in termini di consumo energetico/ emissioni, considerando le ore di funzionamento previsto di ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32223A1F" w14:textId="422B20AE" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+        </w:rPr>
+        <w:t>E’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotata di un sistema che permette di monitorarne il funzionamento e quindi renderlo più efficiente; è alimentato con batterie ricaricabili di durata ____ o con energia rinnovabile prodotta mediante proprio impianto FER o acquistata da società che fornisce energia “verde” etc.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661C79F2" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+    </w:p>
+    <w:p w14:paraId="6D7F2C14" w14:textId="341F7666" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+    </w:p>
+    <w:p w14:paraId="42CADC13" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+    </w:p>
+    <w:p w14:paraId="7B699273" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+    </w:p>
+    <w:p w14:paraId="1C2445E8" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+    </w:p>
+    <w:p w14:paraId="369AA023" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+    </w:p>
+    <w:p w14:paraId="64FE23CC" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+    </w:p>
+    <w:p w14:paraId="04B03516" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+    </w:p>
+    <w:p w14:paraId="76F136A6" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-        </w:pBdr>
+    </w:p>
+    <w:p w14:paraId="1ECA7E36" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
+      <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-        <w:spacing w:before="120" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="5958937D" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.30j0zll" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:tab/>
-[...9 lines deleted...]
-          <w:b w:val="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FIRMA DEL RAPPRESENTANTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361F1341" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="1451"/>
-[...6 lines deleted...]
-          <w:tab w:val="left" w:leader="none" w:pos="9016"/>
+          <w:tab w:val="left" w:pos="1451"/>
+          <w:tab w:val="left" w:pos="2427"/>
+          <w:tab w:val="left" w:pos="3403"/>
+          <w:tab w:val="left" w:pos="3779"/>
+          <w:tab w:val="left" w:pos="4835"/>
+          <w:tab w:val="left" w:pos="5811"/>
+          <w:tab w:val="left" w:pos="9016"/>
+        </w:tabs>
+        <w:ind w:left="70"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61326D38" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1451"/>
+          <w:tab w:val="left" w:pos="2427"/>
+          <w:tab w:val="left" w:pos="3403"/>
+          <w:tab w:val="left" w:pos="3779"/>
+          <w:tab w:val="left" w:pos="4835"/>
+          <w:tab w:val="left" w:pos="5811"/>
+          <w:tab w:val="left" w:pos="7686"/>
+          <w:tab w:val="left" w:pos="9016"/>
         </w:tabs>
         <w:ind w:right="-153"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">___________________</w:t>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">_________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6694D78E" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+    </w:p>
+    <w:p w14:paraId="771E5719" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+    </w:p>
+    <w:p w14:paraId="6200453A" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="160" w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+    </w:p>
+    <w:p w14:paraId="3F6CB8AF" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+    </w:p>
+    <w:p w14:paraId="48F5D9A8" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-      <w:pgMar w:bottom="1275" w:top="624" w:left="1134" w:right="849" w:header="567" w:footer="709"/>
+    </w:p>
+    <w:sectPr w:rsidR="00C87F9A">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="624" w:right="849" w:bottom="1275" w:left="1134" w:header="567" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:titlePg w:val="1"/>
+      <w:cols w:space="720"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2B1D9934" w14:textId="77777777" w:rsidR="0032664A" w:rsidRDefault="0032664A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5AF3A678" w14:textId="77777777" w:rsidR="0032664A" w:rsidRDefault="0032664A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...4 lines deleted...]
-  <w:font w:name="Times New Roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{43116966-C704-48B8-8370-73795685AA56}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{C920871B-88CD-4232-A4CC-E8B8C12F336A}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{988B59F0-269B-450B-BB02-50810A5CA518}"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{5FB9096B-C08A-48F4-9549-276305C8000B}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{59C5869B-2552-43DE-8636-7B1F29E4E412}"/>
+    <w:embedBold r:id="rId6" w:fontKey="{438C4589-FA5E-492F-92A9-E33AE64C3D83}"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{72B08A00-E6F8-486F-AB96-D2B7D951AAE5}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{5CE65623-43F8-4888-B6B0-352C0C5E3AEE}"/>
+  </w:font>
   <w:font w:name="Arial Narrow">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{CBF7432D-BB49-42BA-BB9B-6309287B2D07}"/>
+    <w:embedBold r:id="rId10" w:fontKey="{41F69615-FDCB-465C-A5D1-675B38328607}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{0BD217AA-25D4-4B19-930E-92EC21CC3104}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FB00323" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00BC35BB">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="376FD972" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00C87F9A">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7B302970" w14:textId="77777777" w:rsidR="0032664A" w:rsidRDefault="0032664A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3EA07755" w14:textId="77777777" w:rsidR="0032664A" w:rsidRDefault="0032664A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="5346939E" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Come inserita nella Domanda di concessione del contributo</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-[...6 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="5599E552" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Riportare il Titolo indicato della Domanda di concessione del contributo</w:t>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68A65AB1" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="800000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distB="0" distT="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77E60882" wp14:editId="4EE16839">
           <wp:extent cx="4928235" cy="581371"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="27" name="image1.jpg"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.jpg"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4928235" cy="581371"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="800000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        <w:color w:val="800000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+  <w:p w14:paraId="50F22971" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="6804"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="-567" w:right="0" w:firstLine="0"/>
+      <w:ind w:left="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                            </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5F273DD8" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="800000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="800000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distB="0" distT="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38683C6E" wp14:editId="11E32D1E">
           <wp:extent cx="5787390" cy="569595"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="28" name="image1.jpg"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.jpg"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5787390" cy="569595"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
         <w:color w:val="800000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        <w:color w:val="800000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+  <w:p w14:paraId="7F7C783B" w14:textId="77777777" w:rsidR="00C87F9A" w:rsidRDefault="00EF1C69">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="6804"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="-567" w:right="0" w:firstLine="0"/>
+      <w:ind w:left="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                            </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="017B70CD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA6CC2DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3374,161 +3157,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...109 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="443555D4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C0F4DA64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
@@ -3596,1521 +3272,2026 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F85698A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="55AE5DE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1360551230">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1721974771">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3" w16cid:durableId="590354666">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="122"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="283"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00C87F9A"/>
+    <w:rsid w:val="00283C06"/>
+    <w:rsid w:val="0032664A"/>
+    <w:rsid w:val="003752D4"/>
+    <w:rsid w:val="004D5164"/>
+    <w:rsid w:val="00524D00"/>
+    <w:rsid w:val="00553C3E"/>
+    <w:rsid w:val="006E3028"/>
+    <w:rsid w:val="0071182D"/>
+    <w:rsid w:val="007D062F"/>
+    <w:rsid w:val="00895415"/>
+    <w:rsid w:val="008B5A8D"/>
+    <w:rsid w:val="008F769E"/>
+    <w:rsid w:val="009C4CD4"/>
+    <w:rsid w:val="00A36E8A"/>
+    <w:rsid w:val="00A455EF"/>
+    <w:rsid w:val="00A55B2D"/>
+    <w:rsid w:val="00B2322F"/>
+    <w:rsid w:val="00B27428"/>
+    <w:rsid w:val="00B55EDC"/>
+    <w:rsid w:val="00B82CA5"/>
+    <w:rsid w:val="00BC35BB"/>
+    <w:rsid w:val="00C106F3"/>
+    <w:rsid w:val="00C63004"/>
+    <w:rsid w:val="00C87F9A"/>
+    <w:rsid w:val="00D63AB0"/>
+    <w:rsid w:val="00DA17D2"/>
+    <w:rsid w:val="00EF1C69"/>
+    <w:rsid w:val="00F7417B"/>
+    <w:rsid w:val="00FC479C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="741C42A9"/>
+  <w15:docId w15:val="{88D27BBD-2888-4D03-89B9-82B7B7223A30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:lang w:val="it"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="it" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...1 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...13 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:color w:val="ffffff"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="FFFFFF"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Titolo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:color w:val="ffffff"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="FFFFFF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:color w:val="00ffff"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="00FFFF"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Titolo4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
       <w:color w:val="800080"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Titolo5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:color w:val="ff6600"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="FF6600"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Titolo6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...86 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo7">
-    <w:name w:val="Heading 7"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo8">
-    <w:name w:val="Heading 8"/>
-[...1 lines deleted...]
-    <w:next w:val="Normal"/>
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:link w:val="Titolo8Carattere"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo9">
-    <w:name w:val="Heading 9"/>
-[...1 lines deleted...]
-    <w:next w:val="Normal"/>
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:link w:val="Titolo9Carattere"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-[...4 lines deleted...]
-  <w:style w:type="character" w:styleId="Pagenumber">
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal2">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal3">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal4">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal5">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal6">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal7">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal8">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal9">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormala">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormalb">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numeropagina">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
-    <w:rPr/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:styleId="CopertinaCarattere" w:customStyle="1">
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CopertinaCarattere">
     <w:name w:val="Copertina Carattere"/>
     <w:link w:val="Copertina"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="005412C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="800000"/>
       <w:sz w:val="48"/>
-      <w:lang w:bidi="ar-SA" w:eastAsia="it-IT" w:val="it-IT"/>
+      <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Richiamoallanotaapidipagina">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Richiamoallanotaapidipagina">
     <w:name w:val="Richiamo alla nota a piè di pagina"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteCharacters">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteCharacters">
     <w:name w:val="Footnote Characters"/>
-    <w:semiHidden w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:rsid w:val="00EC15EB"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Titolo8Carattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo8Carattere">
     <w:name w:val="Titolo 8 Carattere"/>
     <w:link w:val="Titolo8"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009C5545"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Titolo2Carattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2Carattere">
     <w:name w:val="Titolo 2 Carattere"/>
-    <w:link w:val="Titolo2"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00876412"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:b w:val="1"/>
-      <w:color w:val="ffffff"/>
+      <w:b/>
+      <w:color w:val="FFFFFF"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntestazioneCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
     <w:name w:val="Intestazione Carattere"/>
     <w:link w:val="Intestazione"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00876412"/>
-    <w:rPr/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:styleId="Titolo5Carattere" w:customStyle="1">
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo5Carattere">
     <w:name w:val="Titolo 5 Carattere"/>
-    <w:link w:val="Titolo5"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00965B9B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:b w:val="1"/>
-      <w:color w:val="ff6600"/>
+      <w:b/>
+      <w:color w:val="FF6600"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Titolo6Carattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo6Carattere">
     <w:name w:val="Titolo 6 Carattere"/>
-    <w:link w:val="Titolo6"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00965B9B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Titolo9Carattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titolo9Carattere">
     <w:name w:val="Titolo 9 Carattere"/>
     <w:link w:val="Titolo9"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00965B9B"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TestonotaapidipaginaCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestonotaapidipaginaCarattere">
     <w:name w:val="Testo nota a piè di pagina Carattere"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotaapidipagina"/>
-    <w:semiHidden w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:rsid w:val="00FC67E1"/>
-    <w:rPr/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:styleId="CollegamentoInternet">
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CollegamentoInternet">
     <w:name w:val="Collegamento Internet"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:rsid w:val="0096443A"/>
     <w:rPr>
-      <w:color w:val="0000ff" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Corpodeltesto2Carattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpodeltesto2Carattere">
     <w:name w:val="Corpo del testo 2 Carattere"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpodeltesto2"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00716BA4"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Annotationreference">
+  <w:style w:type="character" w:styleId="Rimandocommento">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="0003260B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TestocommentoCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
     <w:name w:val="Testo commento Carattere"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testocommento"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="0003260B"/>
-    <w:rPr/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:styleId="SoggettocommentoCarattere" w:customStyle="1">
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
     <w:name w:val="Soggetto commento Carattere"/>
     <w:basedOn w:val="TestocommentoCarattere"/>
     <w:link w:val="Soggettocommento"/>
-    <w:semiHidden w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:rsid w:val="0003260B"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Menzionenonrisolta1">
+    <w:name w:val="Menzione non risolta1"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="00B46812"/>
     <w:rPr>
-      <w:color w:val="605e5c"/>
-      <w:shd w:fill="e1dfdd" w:val="clear"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Caratterinotaapidipagina">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caratterinotaapidipagina">
     <w:name w:val="Caratteri nota a piè di pagina"/>
-    <w:qFormat w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="character" w:styleId="Richiamoallanotadichiusura">
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Richiamoallanotadichiusura">
     <w:name w:val="Richiamo alla nota di chiusura"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Caratterinotadichiusura">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caratterinotadichiusura">
     <w:name w:val="Caratteri nota di chiusura"/>
-    <w:qFormat w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="character" w:styleId="Caratteridinumerazione">
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caratteridinumerazione">
     <w:name w:val="Caratteri di numerazione"/>
-    <w:qFormat w:val="1"/>
-[...17 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Corpodeltesto">
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpotesto">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:rsid w:val="00263698"/>
-    <w:pPr/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Elenco">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Corpodeltesto"/>
-    <w:pPr/>
+    <w:basedOn w:val="Corpotesto"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Didascalia">
-    <w:name w:val="Caption"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
-      <w:spacing w:after="120" w:before="120"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
-      <w:i w:val="1"/>
-      <w:iCs w:val="1"/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Indice">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indice">
     <w:name w:val="Indice"/>
-    <w:basedOn w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
+      <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Intestazioneepidipagina">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Intestazioneepidipagina">
     <w:name w:val="Intestazione e piè di pagina"/>
-    <w:basedOn w:val="Normal"/>
-[...2 lines deleted...]
-    <w:rPr/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
-    <w:name w:val="Header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="680"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
-    <w:name w:val="Footer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normale"/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="680"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rientrocorpodeltesto">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
-      <w:ind w:left="360" w:hanging="0"/>
+      <w:ind w:left="360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:b w:val="1"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Rientrocorpodeltesto2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
-      <w:ind w:left="73" w:hanging="0"/>
+      <w:ind w:left="73"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Notaapidipagina">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="Testonotaapidipagina">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normale"/>
     <w:link w:val="TestonotaapidipaginaCarattere"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00263698"/>
-    <w:pPr/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodeltesto2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:link w:val="Corpodeltesto2Carattere"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="680"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="8717"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="138"/>
+        <w:tab w:val="right" w:pos="8717"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Rientrocorpodeltesto3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="680"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="8594"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="135"/>
+        <w:tab w:val="right" w:pos="8594"/>
       </w:tabs>
-      <w:ind w:left="113" w:hanging="0"/>
+      <w:ind w:left="113"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:iCs w:val="1"/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Corpodeltesto3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
     <w:rsid w:val="00263698"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="680"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="8594"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="right" w:pos="8594"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...1 lines deleted...]
-      <w:i w:val="1"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabella" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabella">
     <w:name w:val="Tabella"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:qFormat/>
     <w:rsid w:val="005412C9"/>
     <w:pPr>
-      <w:spacing w:after="60" w:before="0" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TabellaGrassetto" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabellaGrassetto">
     <w:name w:val="Tabella Grassetto"/>
     <w:basedOn w:val="Tabella"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="005412C9"/>
-    <w:pPr/>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Copertina" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Copertina">
     <w:name w:val="Copertina"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:link w:val="CopertinaCarattere"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="005412C9"/>
     <w:pPr>
-      <w:spacing w:after="60" w:before="0"/>
+      <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="800000"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TabellaCorsivo" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabellaCorsivo">
     <w:name w:val="Tabella Corsivo"/>
     <w:basedOn w:val="Tabella"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00427670"/>
     <w:pPr>
-      <w:spacing w:after="60" w:before="60"/>
+      <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
-      <w:i w:val="1"/>
+      <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Testofumetto">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normale"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:rsid w:val="009D4D3E"/>
-    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="002071EC"/>
     <w:pPr>
-      <w:spacing w:after="0" w:before="0"/>
-[...1 lines deleted...]
-      <w:contextualSpacing w:val="1"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr/>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormaleWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="0096443A"/>
     <w:pPr>
-      <w:spacing w:afterAutospacing="1" w:beforeAutospacing="1"/>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00A765D0"/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="it-IT"/>
+      <w:lang w:val="it-IT" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Annotationtext">
+  <w:style w:type="paragraph" w:styleId="Testocommento">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
     <w:link w:val="TestocommentoCarattere"/>
-    <w:unhideWhenUsed w:val="1"/>
-    <w:qFormat w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="0003260B"/>
-    <w:pPr/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Annotationsubject">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Annotationtext"/>
-    <w:next w:val="Annotationtext"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
     <w:link w:val="SoggettocommentoCarattere"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="0003260B"/>
-    <w:pPr/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
-  </w:style>
-[...21 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:rsid w:val="00BA3174"/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...8 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ae">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af0">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af2">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af4">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af5">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af6">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af7">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af8">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af9">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afe">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff0">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff1">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff2">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff3">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff4">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff5">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff6">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff7">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...6 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff8">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff9">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="affa">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="affb">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="affc">
+    <w:basedOn w:val="TableNormalb"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:left w:w="88" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/ArialNarrow-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5362,72 +5543,97 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjQpXqzsArOT566evVpx1rRJOj4hw==">CgMxLjAaHwoBMBIaChgICVIUChJ0YWJsZS5hc2ZudXJ2ZDNsMDAaHwoBMRIaChgICVIUChJ0YWJsZS5kcmhmbzA2ZjhxN2YaHwoBMhIaChgICVIUChJ0YWJsZS5lbDF3bXdub2YxN3QaHwoBMxIaChgICVIUChJ0YWJsZS40a2NkOGlrcW9seWwyCWguMzBqMHpsbDgAciExZWhPZ2Z3bTFLTVpHem1QS2xtYnZZTVdRSEl4bHpsX2s=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>672</Words>
+  <Characters>3832</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4496</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>12.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100848B5C037D57FF46806F97964A191729</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DocSecurity">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="HyperlinksChanged">
     <vt:lpwstr>false</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
     <vt:lpwstr>false</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
     <vt:lpwstr>false</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ShareDoc">
     <vt:lpwstr>false</vt:lpwstr>